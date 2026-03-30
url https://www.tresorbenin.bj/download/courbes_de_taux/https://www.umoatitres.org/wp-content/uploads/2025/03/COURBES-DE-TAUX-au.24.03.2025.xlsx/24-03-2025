--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14329750e0b4780c97d834f56edaede.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61e6159436c0cb72fd65e83f97e2648e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad1012ad721548a328f417ef3e0225a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5cd9305e0271c803aa36da03859c6a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14329750e0b4780c97d834f56edaede.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5180b503aa90ef6b76ec8f2db43a06b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad1012ad721548a328f417ef3e0225a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22c9404a62f1e7a643e16bbbf1f8e4c5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14329750e0b4780c97d834f56edaede.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afbe0ce01b587c2cd7ab3013efb743df.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad1012ad721548a328f417ef3e0225a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b368d9dd6fa497a36ab4aa7956bc3e4f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14329750e0b4780c97d834f56edaede.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb65ab48f3f71c03a55940ebe2e71881.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad1012ad721548a328f417ef3e0225a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e437d909a296a3b7fef90e42c64a1df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14329750e0b4780c97d834f56edaede.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e352d73a05a7bab4f0bb2442c99489f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad1012ad721548a328f417ef3e0225a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81033a42246daa78c356946c78f24148.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14329750e0b4780c97d834f56edaede.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88029dab0b4503d746191ccce44dd663.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad1012ad721548a328f417ef3e0225a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5e4fcedb26e416bcb0184cdd5d9fe72.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14329750e0b4780c97d834f56edaede.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b78e2276cbe254f8a3dfb67a9c2b8d2e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad1012ad721548a328f417ef3e0225a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/450183b61664b7c5dc33cdf605157a44.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14329750e0b4780c97d834f56edaede.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba2ab19e1a558d5a45b4b06946b606a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ad1012ad721548a328f417ef3e0225a.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed4c86967a32c6b75792977d172f831d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>