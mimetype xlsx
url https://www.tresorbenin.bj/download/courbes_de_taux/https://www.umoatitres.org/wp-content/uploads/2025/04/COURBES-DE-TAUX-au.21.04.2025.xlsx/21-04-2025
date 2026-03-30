--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac10067a724d9010ca9cb5b8b3c6bcd5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c69430bd6bf86726224c3a9e5490b7eb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64eb661658950c158490bf7a56999dff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d267f5d9033361c435f3daeb40bcb419.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac10067a724d9010ca9cb5b8b3c6bcd5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/201b30dfdd91550575029c3bc6b3ee46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64eb661658950c158490bf7a56999dff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/528ed6f4b84c135b2283fb7f5714c54f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac10067a724d9010ca9cb5b8b3c6bcd5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d02f9c03370b26c500b5c61d3b9835f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64eb661658950c158490bf7a56999dff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a41876bfb95a2403daea668114cf5324.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac10067a724d9010ca9cb5b8b3c6bcd5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08638b24f872be0ec7278ae8ea9e935e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64eb661658950c158490bf7a56999dff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffa9d848c7591f935eb207fba6e9d81e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac10067a724d9010ca9cb5b8b3c6bcd5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68e6cdfdde558dad43c92cf7779aeb29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64eb661658950c158490bf7a56999dff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f596478f3c6c9ca367ac49dabcb3eb29.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac10067a724d9010ca9cb5b8b3c6bcd5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47e6256a2e27a9ebfbdafbaab0e83580.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64eb661658950c158490bf7a56999dff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77e82aba5804eacd7d7273930af146d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac10067a724d9010ca9cb5b8b3c6bcd5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea84279261f872a4ddc89f5a33a26ce3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64eb661658950c158490bf7a56999dff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c97e1bd8ee02c855f5cf5abe2007bfc1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac10067a724d9010ca9cb5b8b3c6bcd5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14c6d60800490f6e164c5678ee385995.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64eb661658950c158490bf7a56999dff.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6de8eea43f7842b522a57363d974106c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>