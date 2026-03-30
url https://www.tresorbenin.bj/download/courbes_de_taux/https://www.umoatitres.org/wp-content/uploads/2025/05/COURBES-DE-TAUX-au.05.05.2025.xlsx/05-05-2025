--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6e9b1a9555e78f8ce4f52069cc0e4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7e46334ee99cad2d8533beef4ce6ed2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5e348c4c7e7ae0ba4312072442335c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e88e7236aea4efbce3cb6c53f8a3b0f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6e9b1a9555e78f8ce4f52069cc0e4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac9317604d74da44886a48ade7cfef24.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5e348c4c7e7ae0ba4312072442335c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f147774efe370ae417244da1eb67478.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6e9b1a9555e78f8ce4f52069cc0e4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8bf3429a62f0fc4a3a4efa9a17468f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5e348c4c7e7ae0ba4312072442335c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/845f4af3040b8fb3e99e8c20528a6016.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6e9b1a9555e78f8ce4f52069cc0e4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2361eedc3e31627b93c64292fde4eadc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5e348c4c7e7ae0ba4312072442335c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75dc4771f3ef591eb1c9ca665ac8c15b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6e9b1a9555e78f8ce4f52069cc0e4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6435e576366f932e69a52eb023388fdd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5e348c4c7e7ae0ba4312072442335c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4be1e70b9b4ffcb3d9307631b51eef4a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6e9b1a9555e78f8ce4f52069cc0e4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eae1619b37fcd0f35b69066bb48bdba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5e348c4c7e7ae0ba4312072442335c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/781fb4463c3e6b7a15deb0e3aab227b9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6e9b1a9555e78f8ce4f52069cc0e4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6def84d47e66a440faf17b948522d8e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5e348c4c7e7ae0ba4312072442335c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a83be95adbbad19e9ae20c4f1b2177.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c6e9b1a9555e78f8ce4f52069cc0e4d.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b90316ede4cd717522bed513306f4556.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5e348c4c7e7ae0ba4312072442335c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7304c6e11d9cebc6b9c48a57c510c9e3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>