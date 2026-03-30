--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082ef1fce412ac5d94d3d3e8fd5bc8e9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082ef1fce412ac5d94d3d3e8fd5bc8e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bda6304467f95250220b8841ec621f2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdedc687fb2b0d320518c7d9f43ce2c5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082ef1fce412ac5d94d3d3e8fd5bc8e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e660ff2c3f561d0aa5a6dca2cd707fd9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57d9b5c7696e597c287dbbe9f1878751.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082ef1fce412ac5d94d3d3e8fd5bc8e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01b6b468962ba675d1213e74fdcd6602.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fb3baa2ca15b8b5019d44d208a311e4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082ef1fce412ac5d94d3d3e8fd5bc8e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec806bb9be0479cca6e0f84394ba7503.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5d11dd20f7dd2cc94af027c4f304407.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082ef1fce412ac5d94d3d3e8fd5bc8e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72a6396e60de8c78bfb985a32c76a42a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d97a084a61bacf69278723f27332aaf9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082ef1fce412ac5d94d3d3e8fd5bc8e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c7ed7b1e28cce7ac96c817cfda8321.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d176530e31345f4b10a2af89325bd35.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/082ef1fce412ac5d94d3d3e8fd5bc8e9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a4e5b3586c478bd35c226aa651bde95.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b5698c0112faa6210dd079904b0697.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2628900" cy="971550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image1.png" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>