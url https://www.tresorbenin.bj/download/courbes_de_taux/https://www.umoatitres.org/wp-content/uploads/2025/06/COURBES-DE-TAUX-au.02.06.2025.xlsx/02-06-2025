--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83e50e6a53086b40c2ba08bde453310.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdedc687fb2b0d320518c7d9f43ce2c5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83e50e6a53086b40c2ba08bde453310.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2dc80e8b602e84513eb7c4497a22271.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57d9b5c7696e597c287dbbe9f1878751.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83e50e6a53086b40c2ba08bde453310.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d15a921ba42deb4e4ac49e1631926b59.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fb3baa2ca15b8b5019d44d208a311e4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83e50e6a53086b40c2ba08bde453310.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387bd1fb50f07a9311f4ca7d5270f2ca.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5d11dd20f7dd2cc94af027c4f304407.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83e50e6a53086b40c2ba08bde453310.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d61315973bff01b5f871e10118bafa1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d97a084a61bacf69278723f27332aaf9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83e50e6a53086b40c2ba08bde453310.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e814437b9c82c94ff8a0f819f101abb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d176530e31345f4b10a2af89325bd35.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83e50e6a53086b40c2ba08bde453310.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abada37564cee98863ec80a92ea8755f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a85a79d1acf09189ca3040d453fd6e2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77b5698c0112faa6210dd079904b0697.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83e50e6a53086b40c2ba08bde453310.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc2d0a5f95162b6ea3c4eea56c0f258.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="2628900" cy="971550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="image1.png" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>