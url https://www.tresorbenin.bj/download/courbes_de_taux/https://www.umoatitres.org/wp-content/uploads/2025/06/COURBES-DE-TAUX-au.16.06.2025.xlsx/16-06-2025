--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5633a86485092833d3336b6518a80136.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4bd1121c517d278a4651b58f802bf14.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04ad9abc849a8a9c8fa0567796ca5d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a59e5dc80d2926c04262276ce23a9391.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5633a86485092833d3336b6518a80136.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a95332d8ccccf9bb3102968858168d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04ad9abc849a8a9c8fa0567796ca5d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/023cc27ea1beabbb387b8d273257cd7d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5633a86485092833d3336b6518a80136.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18b1857f5126a9d25a9a0ab53e0520b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04ad9abc849a8a9c8fa0567796ca5d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44078375091321130bbdbb81a35b4bfd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5633a86485092833d3336b6518a80136.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e856caadcfa1a621a09f46852d0f212.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04ad9abc849a8a9c8fa0567796ca5d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05b995801e88ac2cd761efc4c3c1e043.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5633a86485092833d3336b6518a80136.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5deb1cafb3bf0d4311d46075d709173e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04ad9abc849a8a9c8fa0567796ca5d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d11114cd84091e2975014aef2ad94533.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5633a86485092833d3336b6518a80136.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8945c0f156dcd37f20f1c0bc5d6e570c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04ad9abc849a8a9c8fa0567796ca5d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5029ee09b6177034b18c4b3e6a6510b4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5633a86485092833d3336b6518a80136.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/050e92d2c06fe71f4f88418afe4bbb58.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04ad9abc849a8a9c8fa0567796ca5d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8c4ab7d0daeed94d1257bb04a646b09.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5633a86485092833d3336b6518a80136.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9344fb8b9187598dfbaf5a79e3bb4b6d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04ad9abc849a8a9c8fa0567796ca5d5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0398d0a9063d771fc42ce1aef5cd2aee.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>