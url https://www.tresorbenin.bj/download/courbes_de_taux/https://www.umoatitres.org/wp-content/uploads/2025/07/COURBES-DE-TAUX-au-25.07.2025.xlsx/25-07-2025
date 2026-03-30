--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500accdffb3d1bfe55c509ecff26ebad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6265f23840e2799786e799e05705dda.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4933a3608d1cda9b38e616b8b64bc09d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500accdffb3d1bfe55c509ecff26ebad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a939fe3924051bebfa3a9490020f9b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ed5e55d56d9e6550abd09954208fd22.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500accdffb3d1bfe55c509ecff26ebad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcf88555495c593ccc0ebbfacc9c4f0f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506ebdf769c1db272bb748907bbb2279.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500accdffb3d1bfe55c509ecff26ebad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d794d4f9d023253504ff06f03787b65.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43388492014efcc28b50b09d26d59c9d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500accdffb3d1bfe55c509ecff26ebad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3cb18df89f35a30b589ab20d4cb4479.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/098c1f08578c36026596575d28169f00.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500accdffb3d1bfe55c509ecff26ebad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd8ca034a761e66bb52b2cba8eea467.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18b0db5b6186fb2303c57ff44464667c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500accdffb3d1bfe55c509ecff26ebad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebfca7b70d03ade30ba4e8aa4766267b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8de27da7b3fa617d4d62a7f4a86f966.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/500accdffb3d1bfe55c509ecff26ebad.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d045a8cd15f53d9e907dc3f14304d11c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a307aa0c43b5953f6f066b5180cc36d.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>