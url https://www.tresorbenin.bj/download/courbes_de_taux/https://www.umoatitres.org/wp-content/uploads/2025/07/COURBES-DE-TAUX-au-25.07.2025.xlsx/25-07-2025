--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4933a3608d1cda9b38e616b8b64bc09d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23359bc8918cb31cb13132de130547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fc44d1ce89f2173ea63d637b481363f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ed5e55d56d9e6550abd09954208fd22.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23359bc8918cb31cb13132de130547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebcfcd13518daf77a8b64fc3f6d58eb8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/506ebdf769c1db272bb748907bbb2279.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23359bc8918cb31cb13132de130547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4575db53d4d1ecc376759b5a6dda450.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43388492014efcc28b50b09d26d59c9d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23359bc8918cb31cb13132de130547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a5a1e088017a49b1bb046b3d64cd51.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/098c1f08578c36026596575d28169f00.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23359bc8918cb31cb13132de130547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d66a5c95111a540232ba9ffa14af4532.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18b0db5b6186fb2303c57ff44464667c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23359bc8918cb31cb13132de130547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32127e87364371036b417fd6909084a4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8de27da7b3fa617d4d62a7f4a86f966.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23359bc8918cb31cb13132de130547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fcb6af2a733e3575c864c1e534f8a1f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e4570da2765732f1314dee333aa7f.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a307aa0c43b5953f6f066b5180cc36d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd23359bc8918cb31cb13132de130547.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec5fac1fc637094c3b82d174193fd886.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>