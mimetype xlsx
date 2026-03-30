--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f950df14abc28b577064c02016e35a8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea6aef02837bf1f568b88d36b8a502fe.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502cabfdb309d1a529296f649539459c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f950df14abc28b577064c02016e35a8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94792b1979a993a88482d2aa5758145b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a4f8dd54c6409f81b2548851eba6b6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f950df14abc28b577064c02016e35a8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001405313c036b43a02c041ef5fc8746.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8b7245b8290b98a7e98cfc25e34a652.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f950df14abc28b577064c02016e35a8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a9aa4cc78b1f422627a189f1e06b4a9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4e0274952b8a4077792473f0b6386f9.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f950df14abc28b577064c02016e35a8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a779e3c57404ae08bfeb0ebc8f981aea.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fbf2b7676a7fd843dd0a57739d9d384.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f950df14abc28b577064c02016e35a8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eed1483314fd4f471020a6b6be5606ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef525a49a45e4b8f58d46b1173e27087.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f950df14abc28b577064c02016e35a8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b3e2b9f4c443530bda84f2dd73969c3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9660ccacf7c85afeeb5d393f24aa8d3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f950df14abc28b577064c02016e35a8b.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e719031b10701ede0f92509d103e1940.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4a6f1582157108b7dcc3fd0d17bb2f3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>