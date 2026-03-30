--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/502cabfdb309d1a529296f649539459c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe5c301d52d63f5a4b2420d4bc12631.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1182152485b68c281358f51b5a9548a8.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79a4f8dd54c6409f81b2548851eba6b6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe5c301d52d63f5a4b2420d4bc12631.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30d9bb06c3756dc02acbc5b32d499dd5.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8b7245b8290b98a7e98cfc25e34a652.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe5c301d52d63f5a4b2420d4bc12631.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2058eccd497dd57b238ce4a83e749451.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4e0274952b8a4077792473f0b6386f9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe5c301d52d63f5a4b2420d4bc12631.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/166d844b7925642f7765ea680d0d3074.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fbf2b7676a7fd843dd0a57739d9d384.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe5c301d52d63f5a4b2420d4bc12631.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b70e9e12f650514c35ed742126d52d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef525a49a45e4b8f58d46b1173e27087.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe5c301d52d63f5a4b2420d4bc12631.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/426f6fa7a384a419e0afea78e9cf580e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9660ccacf7c85afeeb5d393f24aa8d3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe5c301d52d63f5a4b2420d4bc12631.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90c68db2f753517fe23ae877b5d3814f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f475931b05a6c9af652c3b0028e02d31.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4a6f1582157108b7dcc3fd0d17bb2f3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afe5c301d52d63f5a4b2420d4bc12631.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab56481f9e044d6dba3d9d58857d23b1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>