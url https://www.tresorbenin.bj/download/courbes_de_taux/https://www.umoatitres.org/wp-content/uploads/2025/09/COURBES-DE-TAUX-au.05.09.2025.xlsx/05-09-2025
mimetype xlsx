--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee353cc2d1b848920f3b9d514f06e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a8011472b8a83b05fe146e8c2d08ca3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7001ce0ef9c965e4e7e733cf3c35194.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee353cc2d1b848920f3b9d514f06e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb37ddfffd3152f3ed09a0bca75e465f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e7d0b93e7eec35efd720cc2187e025b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee353cc2d1b848920f3b9d514f06e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58188e46abae5340b05743e6514d28ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca2713b232174f377a9de9760ea1620a.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee353cc2d1b848920f3b9d514f06e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04097f301a35a709918516091ad0588.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cbe664000ae043a18b23fedf1aaff79.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee353cc2d1b848920f3b9d514f06e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f30fc5c80bc8ab5aff28ef8ae9d8ee.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fd2c5c2445ab3ac7e0db172df384291.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee353cc2d1b848920f3b9d514f06e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66cd23655f65eae257d9694d01ce8d72.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/741b435a0f8697b3bf63eb57a518f54e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee353cc2d1b848920f3b9d514f06e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e6db9785e74af6235c3b0185e4ff991.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c768fe175f5fef40a6662a17d4647c3b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ee353cc2d1b848920f3b9d514f06e4e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3562e70b48fc6f345878b939097e73af.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73f5a4f4fbc907152546d39d2b71f2d6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>