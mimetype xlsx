--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7001ce0ef9c965e4e7e733cf3c35194.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a885fc9fe3e81443d30f9cd2c23d22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c69fd3a1f49dd1315b5562db92bc938b.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e7d0b93e7eec35efd720cc2187e025b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a885fc9fe3e81443d30f9cd2c23d22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8db523cdd845a72e257f64248b917093.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca2713b232174f377a9de9760ea1620a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a885fc9fe3e81443d30f9cd2c23d22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8d71b44ff9cb6ed74e381b2da9e9cc0.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cbe664000ae043a18b23fedf1aaff79.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a885fc9fe3e81443d30f9cd2c23d22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a686eb8131951b3348d1ec38cb7d7c2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fd2c5c2445ab3ac7e0db172df384291.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a885fc9fe3e81443d30f9cd2c23d22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bceb9e58b75e641955c1133dcd1bd6df.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/741b435a0f8697b3bf63eb57a518f54e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a885fc9fe3e81443d30f9cd2c23d22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12c110c8b1bd367b6876c7db964e0fbd.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c768fe175f5fef40a6662a17d4647c3b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a885fc9fe3e81443d30f9cd2c23d22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e8160fff862a75c63d3ab0a0b8b2a36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3866a75910b89a0754d29ad77238387.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73f5a4f4fbc907152546d39d2b71f2d6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a885fc9fe3e81443d30f9cd2c23d22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4209f178c9a852a3cadc9ca42b5856f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>