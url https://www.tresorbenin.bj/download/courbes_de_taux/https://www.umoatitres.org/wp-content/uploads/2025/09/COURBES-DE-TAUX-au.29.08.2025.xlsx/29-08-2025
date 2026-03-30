--- v0 (2026-02-13)
+++ v1 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564bc1b13b8c60cb72e288891f8d7213.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564bc1b13b8c60cb72e288891f8d7213.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c9d6b0123357981b2cd4c510682284.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f413658c180dd94a676484a289aa75e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564bc1b13b8c60cb72e288891f8d7213.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2bb1d7cdf0dbe0379e9811b772f98a3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c2fcdaf123ba3cc156d311c08c060d2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564bc1b13b8c60cb72e288891f8d7213.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d6ec60e2db06326b5bc4d29003076d5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9248a23777db02f52ca72eccf148d36.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564bc1b13b8c60cb72e288891f8d7213.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b6fac85508d89cf29cbb7a67dfeb7f0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50dfaf543bc4a82b1434c7a3a846055e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564bc1b13b8c60cb72e288891f8d7213.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e282719654bc58996885442bdfcfce8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc25879fb775a471502ead661f06245c.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564bc1b13b8c60cb72e288891f8d7213.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6500ef3f40090ec74bd6f98300601eb4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f988101a3c14e96d27e8688cc219ad.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/564bc1b13b8c60cb72e288891f8d7213.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7650106a2c9fd1272db2a012f6d24a2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fabf39c81f795ec9a7a920ff982b969.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>