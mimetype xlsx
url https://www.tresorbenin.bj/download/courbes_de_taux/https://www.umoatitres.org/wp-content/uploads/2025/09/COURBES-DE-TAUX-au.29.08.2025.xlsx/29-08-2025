--- v1 (2026-03-30)
+++ v2 (2026-03-30)
@@ -490,79 +490,79 @@
     </xf>
     <xf xfId="0" fontId="0" numFmtId="14" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="7" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364c3bbf0b87e7ac36338384d1d47b2e.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f413658c180dd94a676484a289aa75e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364c3bbf0b87e7ac36338384d1d47b2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0e82df2a4e5e8f56fef91ba1a0225d4.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c2fcdaf123ba3cc156d311c08c060d2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364c3bbf0b87e7ac36338384d1d47b2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aad027204b4467b5453fe4440c6bfeb.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9248a23777db02f52ca72eccf148d36.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364c3bbf0b87e7ac36338384d1d47b2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9342b13bab756933ac70b052988ba141.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50dfaf543bc4a82b1434c7a3a846055e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364c3bbf0b87e7ac36338384d1d47b2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a5dcdd410ca9b9f90161e43e7c9c29f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc25879fb775a471502ead661f06245c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364c3bbf0b87e7ac36338384d1d47b2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fce9c6272a2af427661d4115e57ab895.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f988101a3c14e96d27e8688cc219ad.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364c3bbf0b87e7ac36338384d1d47b2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc2856b98f2016191fc0c396e77e1cc7.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf6c32dab81b98c1f795467fe587b10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fabf39c81f795ec9a7a920ff982b969.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364c3bbf0b87e7ac36338384d1d47b2e.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1b88091f5a51d46a52c53bd9971733f.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>114300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Image 1" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>